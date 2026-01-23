--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Vorrat (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2314792/544736</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">growing stock (stemwood)</t>
+      <t xml:space="preserve">Vorrat (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>313.2</v>
       </c>
       <c r="K20" s="6">
         <v>4</v>
       </c>
       <c r="L20" s="6">
         <v>373.5</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2314792/544736</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">growing stock (stemwood)</t>
+            <t xml:space="preserve">Vorrat (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>