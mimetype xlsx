--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>provvigione (legno del fusto)</t>
+  </si>
+  <si>
+    <t>specie arborea (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2314792/544736</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">provvigione (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">specie arborea (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>313.2</v>
       </c>
       <c r="K20" s="6">
         <v>4</v>
       </c>
       <c r="L20" s="6">
         <v>373.5</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2314792/544736</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">provvigione (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">specie arborea (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>