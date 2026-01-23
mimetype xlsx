--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Zuwachs (Bruttozuwachs)</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2315255/574870</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,64 +703,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1058,235 +1058,235 @@
         <v>819</v>
       </c>
       <c r="M16" s="6">
         <v>7</v>
       </c>
       <c r="N16" s="6">
         <v>9777</v>
       </c>
       <c r="O16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2315255/574870</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>