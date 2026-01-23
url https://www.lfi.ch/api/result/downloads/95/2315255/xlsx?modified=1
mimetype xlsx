--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>incremento (incremento lordo)</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>1000 m³/Jahr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2315255/574870</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+      <t xml:space="preserve">incremento (incremento lordo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>819</v>
       </c>
       <c r="M16" s="6">
         <v>7</v>
       </c>
       <c r="N16" s="6">
         <v>9777</v>
       </c>
       <c r="O16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2315255/574870</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+            <t xml:space="preserve">incremento (incremento lordo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>