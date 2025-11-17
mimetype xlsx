--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nettozuwachs</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2315421/575644</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">net increment</t>
+      <t xml:space="preserve">Nettozuwachs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
+    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode minus das Volumen der Mortalität. Der Nettozuwachs entspricht so dem Zuwachs (=Bruttozuwachs) abzüglich des Volumens der Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1258,235 +1258,235 @@
         <v>3.7</v>
       </c>
       <c r="M20" s="6">
         <v>14</v>
       </c>
       <c r="N20" s="6">
         <v>7.0</v>
       </c>
       <c r="O20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2315421/575644</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">net increment</t>
+            <t xml:space="preserve">Nettozuwachs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>