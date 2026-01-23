--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>net increment</t>
+  </si>
+  <si>
+    <t>altitude (in 400 m classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>1000 m³/Jahr</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
+    <t>1001-1400 m</t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2315788/572178</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nettozuwachs</t>
+      <t xml:space="preserve">net increment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode minus das Volumen der Mortalität. Der Nettozuwachs entspricht so dem Zuwachs (=Bruttozuwachs) abzüglich des Volumens der Mortalität.</t>
+    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">altitude (in 400 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,64 +712,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1208,235 +1208,235 @@
         <v>442</v>
       </c>
       <c r="M19" s="6">
         <v>15</v>
       </c>
       <c r="N19" s="6">
         <v>7339</v>
       </c>
       <c r="O19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2315788/572178</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nettozuwachs</t>
+            <t xml:space="preserve">net increment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">altitude (in 400 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>