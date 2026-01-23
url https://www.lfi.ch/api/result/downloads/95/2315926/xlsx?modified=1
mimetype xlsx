--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>1000 m³/Jahr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">601-1000 m </t>
+    <t>1001-1400 m</t>
+  </si>
+  <si>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2315926/583770</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung</t>
+      <t xml:space="preserve">utilizzazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #15</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren forstlich genutzt wurden.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che sono stati utilizzati nel quadro di interventi selvicolturali tra due inventari.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>177</v>
       </c>
       <c r="M19" s="6">
         <v>30</v>
       </c>
       <c r="N19" s="6">
         <v>6858</v>
       </c>
       <c r="O19" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2315926/583770</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung</t>
+            <t xml:space="preserve">utilizzazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #15</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>