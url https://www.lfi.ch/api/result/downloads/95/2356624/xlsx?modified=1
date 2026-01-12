--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,230 +14,230 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="491">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>size class (young forest; ≥ 130 cm) · damage to young forest plants (≥ 130 cm)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie for. in funz. tipo di danno (bosco giov. ≥ 130 cm) diviso per superficie for. con valut. di danni (bosco giov. ≥ 130 cm)</t>
+  </si>
+  <si>
+    <t>classe di grandezza (bosco giovane; ≥130 cm) · danni alle piante del bosco giovane (≥130 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...17 lines deleted...]
-    <t>damage to young forest plants (≥ 130 cm)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>classe di grandezza (bosco giovane; ≥130 cm)</t>
+  </si>
+  <si>
+    <t>dpu 0.1 - 3.9 cm</t>
+  </si>
+  <si>
+    <t>dpu 4.0 - 11.9 cm</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>cantone</t>
+  </si>
+  <si>
+    <t>danni alle piante del bosco giovane (≥130 cm)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
     <t>ci95</t>
   </si>
   <si>
     <t>ci95ub</t>
   </si>
   <si>
     <t>ci68</t>
   </si>
   <si>
     <t>ci68ub</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
     <t>67.2 … 84.5</t>
   </si>
   <si>
     <t>71.6 … 80.2</t>
   </si>
   <si>
     <t>67.9 … 87.8</t>
   </si>
   <si>
     <t>72.9 … 82.8</t>
   </si>
   <si>
-    <t>dry top</t>
+    <t>cima secca</t>
   </si>
   <si>
     <t>-1 … 3.1</t>
   </si>
   <si>
     <t>0 … 2.1</t>
   </si>
   <si>
-    <t>disease</t>
+    <t>malattia</t>
   </si>
   <si>
     <t>-1 … 3.0</t>
   </si>
   <si>
     <t>0 … 2.0</t>
   </si>
   <si>
     <t>-1.4 … 4.4</t>
   </si>
   <si>
     <t>0 … 3.0</t>
   </si>
   <si>
-    <t>fraying damage</t>
-[...5 lines deleted...]
-    <t>harvesting damage</t>
+    <t>danno da sfregamento</t>
+  </si>
+  <si>
+    <t>danno da scortecciamento</t>
+  </si>
+  <si>
+    <t>danno da raccolta di legname</t>
   </si>
   <si>
     <t>1.4 … 11.3</t>
   </si>
   <si>
     <t>3.9 … 8.9</t>
   </si>
   <si>
-    <t>other damage</t>
+    <t>altro danno</t>
   </si>
   <si>
     <t>9.2 … 24.2</t>
   </si>
   <si>
     <t>13 … 20.5</t>
   </si>
   <si>
     <t>9.7 … 28.5</t>
   </si>
   <si>
     <t>14.4 … 23.8</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>34.8 … 105.6</t>
   </si>
   <si>
     <t>52.5 … 87.9</t>
   </si>
   <si>
     <t>20 … 120.4</t>
   </si>
@@ -1417,51 +1417,51 @@
   <si>
     <t>1.2 … 9.7</t>
   </si>
   <si>
     <t>3.3 … 7.6</t>
   </si>
   <si>
     <t>1 … 12.6</t>
   </si>
   <si>
     <t>3.9 … 9.7</t>
   </si>
   <si>
     <t>6.9 … 19.3</t>
   </si>
   <si>
     <t>10 … 16.2</t>
   </si>
   <si>
     <t>5.6 … 21.1</t>
   </si>
   <si>
     <t>9.5 … 17.2</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>62.2 … 66.3</t>
   </si>
   <si>
     <t>63.2 … 65.3</t>
   </si>
   <si>
     <t>65.8 … 70.3</t>
   </si>
   <si>
     <t>66.9 … 69.2</t>
   </si>
   <si>
     <t>3.8 … 5.7</t>
   </si>
   <si>
     <t>4.3 … 5.2</t>
   </si>
   <si>
     <t>1.9 … 3.5</t>
   </si>
   <si>
     <t>2.3 … 3.1</t>
   </si>
@@ -1508,267 +1508,267 @@
     <t>2.2 … 3.0</t>
   </si>
   <si>
     <t>25.5 … 29.3</t>
   </si>
   <si>
     <t>26.4 … 28.4</t>
   </si>
   <si>
     <t>24.6 … 28.8</t>
   </si>
   <si>
     <t>25.6 … 27.8</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 25.12.2025</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 25.12.2025</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2356624/653988</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area acc. to type of damage (young forest ≥ 130 cm)</t>
+      <t xml:space="preserve">superficie for. in funz. tipo di danno (bosco giov. ≥ 130 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #466</t>
     </r>
   </si>
   <si>
-    <t>Forest area stocked with young forest plants from 130 cm in length up to 11.9 cm in diameter at breast height (DBH), having a specific type of damage. The target variable 469 and 468 are used to calculate the quotient target variable «forest area acc. to  type of damage (young forest plants≥130 cm) divided by forest area with damage assessment (young forest plants≥130 cm)».  The latter corresponds to the mean damage percentage of the forest area stocked with young forest plants from 130 cm in length up to 11.9 cm DBH. An independent mean damage percentage is calculated for each listed damage type, as young forest plants can have several types of damage simultaneously. Depending on the inventory, either only trees (NFI3, NFI5) or  trees and selected shrub species (NFI4) were recorded as young trees.</t>
+    <t>Superficie forestale ricoperta da piante del bosco giovane di almeno 130 cm di lunghezza fino a un diametro a petto d'uomo (DPU) di 11,9 cm che presentano un certo tipo di danno. Dalle variabili target 466 e 467 si ricava la variabile target quoziente «superficie forestale in funz. del tipo di danno (piante del bosco giovane ≥130 cm) diviso per la superficie forestale con valutazione dei danni (piante del bosco giovane ≥130 cm)». Quest'ultima corrisponde alla percentuale media di danno della superficie forestale ricoperta da piante del bosco giovane di almeno 130 cm di lunghezza fino a un DPU di 11,9 cm. Per ogni tipo di danno elencato viene calcolata una percentuale media di danno indipendente. Questo perché le piante del bosco giovane possono presentare contemporaneamente più danni. A seconda dell'inventario, sono stati rilevati solo alberi (IFN3, IFN5) o  alberi e alcune specie arbustive (IFN4) come piante del bosco giovane.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area with damage assessment (young forest ≥ 130 cm)</t>
+      <t xml:space="preserve">superficie for. con valut. di danni (bosco giov. ≥ 130 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #467</t>
     </r>
   </si>
   <si>
-    <t>Forest area stocked with young forest plants from 130 cm in length up to 11.9 cm in diameter at breast height (DBH) with damage assessment. The target variable 469 and 468 are used to calculate the quotient target variable «forest area acc. to  type of damage (young forest plants≥130 cm) divided by forest area with damage assessment (young forest plants≥130 cm)».  The latter corresponds to the mean damage percentage of the forest area stocked with young forest plants from 130 cm in length up to 11.9 cm DBH. An independent mean damage percentage is calculated for each listed damage type, as young forest plants can have several types of damage simultaneously. Depending on the inventory, either only trees (NFI3, NFI5) or  trees and selected shrub species (NFI4) were recorded as young trees.</t>
+    <t>Superficie forestale con valutazione dei danni ricoperta da piante del bosco giovane di almeno 130 cm di lunghezza fino a un diametro a petto d'uomo (DPU) di 11,9 cm. Dalle variabili target 466 e 467 si ricava la variabile target quoziente «superficie forestale in funz. del tipo di danno (piante del bosco giovane ≥130 cm) diviso per la superficie forestale con valutazione dei danni (piante del bosco giovane ≥130 cm)». Quest'ultima corrisponde alla percentuale media di danno della superficie forestale ricoperta da piante del bosco giovane di almeno 130 cm di lunghezza fino a un DPU di 11,9 cm. Per ogni tipo di danno elencato viene calcolata una percentuale media di danno indipendente. Questo perché le piante del bosco giovane possono presentare contemporaneamente più danni. A seconda dell'inventario, sono stati rilevati solo alberi (IFN3, IFN5) o  alberi e alcune specie arbustive (IFN4) come piante del bosco giovane.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size class (young forest; ≥ 130 cm)</t>
+      <t xml:space="preserve">classe di grandezza (bosco giovane; ≥130 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2958</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants  ≥130 cm in length and ≤11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Grandezza delle piante del bosco giovane di almeno 130 cm di lunghezza fino a un diametro a petto d'uomo (DPU) di 11,9 cm. Fonte: rilievo sul terreno (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">damage to young forest plants (≥ 130 cm)</t>
+      <t xml:space="preserve">danni alle piante del bosco giovane (≥130 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2959</t>
     </r>
   </si>
   <si>
-    <t>Damage to young forest plants ≥130 cm in length and ≤11.9 cm in diameter at breast height (dbh). Browsing  is not assessed on young forest plants ≥ 130 cm, but only on those ≤129 cm (see classification variable «Damage to young forest plants (≤129 cm)» (2980; JWSCHADENKL). Reference: Field Survey (MID 127: Gipfeldürre, MID 977: Fegeschaden, MID 987: Schälschaden, MID 184: Krankheit; MID 183: Holzereischaden, MID 185: anderer Schaden)</t>
+    <t>Danni alle piante del bosco giovane di almeno 130 cm di lunghezza fino a un diametro a petto d'uomo (DPU) di 11,9 cm. La brucatura non è  valutata sulle piante del bosco giovane a partire da 130 cm di lunghezza, bensì solo su quelle fino a 129 cm (cfr. variabile di classificazione «Danni alle piante dell bosco giovane (≤ 129 cm)»  (2980; JWSCHADENKL). Fonte: rilievo sul terreno (MID 127: Gipfeldürre, MID 977: Fegeschaden, MID 987: Schälschaden, MID 184: Krankheit; MID 183: Holzereischaden, MID 185: anderer Schaden)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2120,52 +2120,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T269"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
@@ -16401,309 +16401,309 @@
         <v>22</v>
       </c>
       <c r="R246" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S246" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T246" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="247" spans="1:20" customHeight="1" ht="21.75">
       <c r="A247" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 25.12.2025</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 25.12.2025</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2356624/653988</t>
           </r>
         </is>
       </c>
       <c r="C247" s="3"/>
       <c r="D247" s="3"/>
       <c r="E247" s="3"/>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3"/>
       <c r="I247" s="3"/>
       <c r="J247" s="3"/>
       <c r="K247" s="3"/>
       <c r="L247" s="3"/>
       <c r="M247" s="3"/>
       <c r="N247" s="3"/>
       <c r="O247" s="3"/>
       <c r="P247" s="3"/>
       <c r="Q247" s="3"/>
       <c r="R247" s="3"/>
       <c r="S247" s="3"/>
       <c r="T247" s="3"/>
     </row>
     <row r="250" spans="1:20">
       <c r="A250" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area acc. to type of damage (young forest ≥ 130 cm)</t>
+            <t xml:space="preserve">superficie for. in funz. tipo di danno (bosco giov. ≥ 130 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #466</t>
           </r>
         </is>
       </c>
     </row>
     <row r="251" spans="1:20" customHeight="1" ht="29">
       <c r="A251" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="253" spans="1:20">
       <c r="A253" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area with damage assessment (young forest ≥ 130 cm)</t>
+            <t xml:space="preserve">superficie for. con valut. di danni (bosco giov. ≥ 130 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #467</t>
           </r>
         </is>
       </c>
     </row>
     <row r="254" spans="1:20" customHeight="1" ht="29">
       <c r="A254" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="256" spans="1:20">
       <c r="A256" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size class (young forest; ≥ 130 cm)</t>
+            <t xml:space="preserve">classe di grandezza (bosco giovane; ≥130 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2958</t>
           </r>
         </is>
       </c>
     </row>
     <row r="257" spans="1:20" customHeight="1" ht="29">
       <c r="A257" s="1" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="259" spans="1:20">
       <c r="A259" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">damage to young forest plants (≥ 130 cm)</t>
+            <t xml:space="preserve">danni alle piante del bosco giovane (≥130 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2959</t>
           </r>
         </is>
       </c>
     </row>
     <row r="260" spans="1:20" customHeight="1" ht="29">
       <c r="A260" s="1" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="262" spans="1:20">
       <c r="A262" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="263" spans="1:20" customHeight="1" ht="29">
       <c r="A263" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="265" spans="1:20">
       <c r="A265" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="266" spans="1:20" customHeight="1" ht="29">
       <c r="A266" s="1" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="268" spans="1:20">
       <c r="A268" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="269" spans="1:20" customHeight="1" ht="29">
       <c r="A269" s="1" t="s">
         <v>490</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="A2:T2"/>