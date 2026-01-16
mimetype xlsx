--- v0 (2026-01-16)
+++ v1 (2026-01-16)
@@ -14,209 +14,209 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>size class (young forest; ≤ 129 cm) · damage to young forest plants (≤ 129 cm)</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">superficie for. in funz. tipo di danno (bosco giov. ≤ 129 cm) diviso per superficie for. con valut. di danni (bosco giov. ≤ 129 cm)  </t>
+  </si>
+  <si>
+    <t>classe di grandezza (bosco giovane; ≤129 cm) · danni alle piante del bosco giovane (≤ 129 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>damage to young forest plants (≤ 129 cm)</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>classe di grandezza (bosco giovane; ≤129 cm)</t>
+  </si>
+  <si>
+    <t>danni alle piante del bosco giovane (≤ 129 cm)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
     <t>ci95</t>
   </si>
   <si>
     <t>ci95ub</t>
   </si>
   <si>
     <t>ci68</t>
   </si>
   <si>
     <t>ci68ub</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage</t>
-[...23 lines deleted...]
-    <t>length 10-39 cm</t>
+    <t>nessun danno visibile</t>
+  </si>
+  <si>
+    <t>cima secca</t>
+  </si>
+  <si>
+    <t>malattia</t>
+  </si>
+  <si>
+    <t>danno di brucatura al virgulto 1</t>
+  </si>
+  <si>
+    <t>danno da sfregamento o da scortecciamento</t>
+  </si>
+  <si>
+    <t>danno da raccolta di legname</t>
+  </si>
+  <si>
+    <t>altro danno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>lunghezza 10-39 cm</t>
   </si>
   <si>
     <t>69 … 77.9</t>
   </si>
   <si>
     <t>71.2 … 75.6</t>
   </si>
   <si>
     <t>74.8 … 82.1</t>
   </si>
   <si>
     <t>76.7 … 80.3</t>
   </si>
   <si>
     <t>72.3 … 79.4</t>
   </si>
   <si>
     <t>74 … 77.6</t>
   </si>
   <si>
     <t>61.9 … 78.1</t>
   </si>
   <si>
     <t>65.9 … 74.0</t>
   </si>
@@ -409,51 +409,51 @@
   <si>
     <t>6.4 … 17.9</t>
   </si>
   <si>
     <t>9.2 … 15.0</t>
   </si>
   <si>
     <t>6.1 … 15.2</t>
   </si>
   <si>
     <t>8.4 … 12.9</t>
   </si>
   <si>
     <t>3.7 … 11.7</t>
   </si>
   <si>
     <t>5.7 … 9.7</t>
   </si>
   <si>
     <t>6.4 … 8.8</t>
   </si>
   <si>
     <t>7 … 8.2</t>
   </si>
   <si>
-    <t>length 40-129 cm</t>
+    <t>lunghezza 40-129 cm</t>
   </si>
   <si>
     <t>66 … 75.1</t>
   </si>
   <si>
     <t>68.3 … 72.9</t>
   </si>
   <si>
     <t>63.1 … 71.1</t>
   </si>
   <si>
     <t>65.1 … 69.1</t>
   </si>
   <si>
     <t>61.6 … 69.4</t>
   </si>
   <si>
     <t>63.6 … 67.5</t>
   </si>
   <si>
     <t>51 … 66.8</t>
   </si>
   <si>
     <t>54.9 … 62.9</t>
   </si>
@@ -695,267 +695,267 @@
     <t>20 … 25.3</t>
   </si>
   <si>
     <t>11.7 … 21.7</t>
   </si>
   <si>
     <t>14.2 … 19.2</t>
   </si>
   <si>
     <t>12 … 14.9</t>
   </si>
   <si>
     <t>12.7 … 14.2</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 25.12.2025</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 25.12.2025</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2356651/654021</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area acc. to type of damage (young forest ≤ 129 cm)</t>
+      <t xml:space="preserve">superficie for. in funz. tipo di danno (bosco giov. ≤ 129 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #469</t>
     </r>
   </si>
   <si>
-    <t>Forest area stocked with young forest plants between 10 and 129 cm in length, having a specific type of damage. The target variable 469 and 468 are used to calculate the quotient target variable «forest area acc. to  type of damage (young forest plants ≤129 cm) divided by forest area with damage assessment (young forest plants ≤129 cm)».  The latter corresponds to the mean damage percentage of the forest area stocked with young forest plants between 10 and 129 cm in length. An independent mean damage percentage is calculated for each listed damage type, as young forest plants can have several types of damage simultaneously. Depending on the inventory, either only trees (NFI3, NFI5) or  trees and selected shrub species (NFI4) were recorded as young trees.</t>
+    <t>Superficie forestale ricoperta da piante del bosco giovane di una lunghezza compresa tra 10 e 129 cm che presentano un certo tipo di danno. Dalle variabili target 469 e 468 si ricava la variabile target quoziente «superficie forestale in funz. del tipo di danno (piante del bosco giovane ≤129 cm) diviso per la superficie forestale con valutazione dei danni (piante del bosco giovane ≤129 cm)». Quest'ultima corrisponde alla percentuale media di danno della superficie forestale ricoperta da piante del bosco giovane di lunghezza compresa tra 10 e 129 cm. Per ogni tipo di danno elencato viene calcolata una percentuale media di danno indipendente. Questo perché le piante del bosco giovane possono presentare contemporaneamente più danni. A seconda dell'inventario, sono stati rilevati solo alberi (IFN3, IFN5) o  alberi e alcune specie arbustive (IFN4) come piante del bosco giovane.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area with damage assessment (young forest ≤ 129 cm)</t>
+      <t xml:space="preserve">superficie for. con valut. di danni (bosco giov. ≤ 129 cm)  </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #468</t>
     </r>
   </si>
   <si>
-    <t>Forest area stocked with young forest plants between 10 and 129 cm in length with damage assessment. The target variable 469 and 468 are used to calculate the quotient target variable «forest area acc. to  type of damage (young forest plants ≤129 cm) divided by forest area with damage assessment (young forest plants ≤129 cm)».  The latter corresponds to the mean damage percentage of the forest area stocked with young forest plants between 10 and 129 cm in length. An independent mean damage percentage is calculated for each listed damage type, as young forest plants can have several types of damage simultaneously. Depending on the inventory, either only trees (NFI3, NFI5) or  trees and selected shrub species (NFI4) were recorded as young trees.</t>
+    <t>Superficie forestale con valutazione dei danni ricoperta da piante del bosco giovane di una lunghezza compresa tra 10 e 129 cm. Dalle variabili target 469 e 468 si ricava la variabile target quoziente «superficie forestale in funz. del tipo di danno (piante del bosco giovane ≤129 cm) diviso per la superficie forestale con valutazione dei danni (piante del bosco giovane≤129 cm)». Quest'ultima corrisponde alla percentuale media di danno della superficie forestale ricoperta da piante del bosco giovane di lunghezza compresa tra 10 e 129 cm. Per ogni tipo di danno elencato viene calcolata una percentuale media di danno indipendente. Questo perché le piante del bosco giovane possono presentare contemporaneamente più danni. A seconda dell'inventario, sono stati rilevati solo alberi (IFN3, IFN5) o alberi e alcune specie arbustive (IFN4) come piante del bosco giovane.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size class (young forest; ≤ 129 cm)</t>
+      <t xml:space="preserve">classe di grandezza (bosco giovane; ≤129 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2976</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants 10-129 cm in length. Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Grandezza delle piante del bosco giovane da 10 a 129 cm di lunghezza. Fonte: rilievo sul terreno (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">damage to young forest plants (≤ 129 cm)</t>
+      <t xml:space="preserve">danni alle piante del bosco giovane (≤ 129 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2980</t>
     </r>
   </si>
   <si>
-    <t>Damage to young forest plants 10-129 cm in length. Reference: Field Survey (MID 127: Gipfeldürre, MID 174: Verbiss des Leittriebes, MID 977: Fegeschaden, MID 987: Schälschaden, MID 184: Krankheit; MID 183: Holzereischaden, MID 185: anderer Schaden)</t>
+    <t>Danni alle piante del bosco giovane da 10 a 129 cm di lunghezza. Fonte: rilievo sul terreno (MID 127: Gipfeldürre, MID 174: Verbiss des Leittriebes, MID 977: Fegeschaden, MID 987: Schälschaden, MID 184: Krankheit; MID 183: Holzereischaden, MID 185: anderer Schaden)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1307,52 +1307,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AR71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6408,51 +6408,51 @@
         <v>25</v>
       </c>
       <c r="AP48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AQ48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AR48" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:44" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 25.12.2025</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 25.12.2025</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2356651/654021</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -6480,261 +6480,261 @@
       <c r="AH49" s="3"/>
       <c r="AI49" s="3"/>
       <c r="AJ49" s="3"/>
       <c r="AK49" s="3"/>
       <c r="AL49" s="3"/>
       <c r="AM49" s="3"/>
       <c r="AN49" s="3"/>
       <c r="AO49" s="3"/>
       <c r="AP49" s="3"/>
       <c r="AQ49" s="3"/>
       <c r="AR49" s="3"/>
     </row>
     <row r="52" spans="1:44">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area acc. to type of damage (young forest ≤ 129 cm)</t>
+            <t xml:space="preserve">superficie for. in funz. tipo di danno (bosco giov. ≤ 129 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #469</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:44" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:44">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area with damage assessment (young forest ≤ 129 cm)</t>
+            <t xml:space="preserve">superficie for. con valut. di danni (bosco giov. ≤ 129 cm)  </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #468</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:44" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="58" spans="1:44">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size class (young forest; ≤ 129 cm)</t>
+            <t xml:space="preserve">classe di grandezza (bosco giovane; ≤129 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2976</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:44" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="61" spans="1:44">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">damage to young forest plants (≤ 129 cm)</t>
+            <t xml:space="preserve">danni alle piante del bosco giovane (≤ 129 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2980</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:44" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="64" spans="1:44">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:44" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="67" spans="1:44">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:44" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="70" spans="1:44">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:44" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>219</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AR1"/>
     <mergeCell ref="A2:AR2"/>